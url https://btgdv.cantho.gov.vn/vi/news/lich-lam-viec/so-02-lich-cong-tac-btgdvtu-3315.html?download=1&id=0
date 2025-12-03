--- v0 (2025-10-05)
+++ v1 (2025-12-03)
@@ -1,146 +1,144 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9640" w:type="dxa"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4820"/>
         <w:gridCol w:w="4820"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F97689" w:rsidRPr="00725204" w:rsidTr="00F97689">
+      <w:tr w:rsidR="00896558" w:rsidRPr="00725204" w:rsidTr="00E31A45">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="00F97689">
+          <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00E31A45">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="30"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006528CE">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="30"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>THÀNH ỦY CẦN THƠ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="00F97689">
+          <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00E31A45">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-8"/>
                 <w:szCs w:val="30"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006528CE">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-8"/>
                 <w:szCs w:val="30"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>BAN TUYÊN GIÁO VÀ DÂN VẬN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="00F97689">
+          <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00E31A45">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="30"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006528CE">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="30"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DD120E5" wp14:editId="4AE7CDE1">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52961F55" wp14:editId="643CD00D">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>305224</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>235585</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="2593074" cy="0"/>
                       <wp:effectExtent l="0" t="0" r="17145" b="19050"/>
                       <wp:wrapNone/>
                       <wp:docPr id="1" name="Straight Connector 1"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr/>
                             <wps:spPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2593074" cy="0"/>
                               </a:xfrm>
                               <a:prstGeom prst="line">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:ln w="12700">
@@ -167,115 +165,115 @@
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:line id="Straight Connector 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="24.05pt,18.55pt" to="228.25pt,18.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDsHxFC1wEAAA0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAUvFfqf0DcGzvpx7ZWnD1ktb1U&#10;bdTd/gAWP2Ik4CGgsfPv+8COs2qrSq16wQbeDDPDY3s7WsNOEKJG1/L1quYMnMROu2PLvz3ev3rP&#10;WUzCdcKgg5afIfLb3csX28E3sMEeTQeBEYmLzeBb3qfkm6qKsgcr4go9ONpUGKxINA3HqgtiIHZr&#10;qk1dv6sGDJ0PKCFGWr2bNvmu8CsFMn1RKkJipuWkLZUxlPEpj9VuK5pjEL7XcpYh/kGFFdrRoQvV&#10;nUiCfQ/6FyqrZcCIKq0k2gqV0hKKB3Kzrn9y89ALD8ULhRP9ElP8f7Ty8+kQmO7o7jhzwtIVPaQg&#10;9LFPbI/OUYAY2DrnNPjYUPneHcI8i/4QsulRBZu/ZIeNJdvzki2MiUla3Lz98Lq+ecOZvOxVV6AP&#10;MX0EtCz/tNxol22LRpw+xUSHUemlJC8bxwYSvLmp61IW0ejuXhuTN0vrwN4EdhJ06Wks4onhWRXN&#10;jCPabGkyUf7S2cDE/xUUhUKy19MBuR2vnEJKcOnCaxxVZ5giBQtwVvYn4FyfoVBa9W/AC6KcjC4t&#10;YKsdht/JvkahpvpLApPvHMETdudyvSUa6rmS/fw+clM/nxf49RXvfgAAAP//AwBQSwMEFAAGAAgA&#10;AAAhACbUO/HbAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoU/qrEKeq&#10;kPoALUgVN9fe/EC8jmynSd+eRRzgtNqd0ew3xW5ynbhiiK0nBfNZBgLJeNtSreD97fC0BRGTJqs7&#10;T6jghhF25f1doXPrRzri9ZRqwSEUc62gSanPpYymQafjzPdIrFU+OJ14DbW0QY8c7jr5nGVr6XRL&#10;/KHRPb42aL5Og1PwkY3d8Gmqg1no25mOe7cJlVPq8WHav4BIOKU/M/zgMzqUzHTxA9koOgXL7Zyd&#10;ChYbnqwvV+sViMvvQZaF/F+g/AYAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDsHxFC1wEA&#10;AA0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAm1Dvx&#10;2wAAAAgBAAAPAAAAAAAAAAAAAAAAADEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;OQUAAAAA&#10;" strokecolor="black [3213]" strokeweight="1pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="006528CE">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="30"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t xml:space="preserve">      ĐẢNG CỘNG SẢN VIỆT NAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F97689" w:rsidRPr="00725204" w:rsidTr="00F97689">
+      <w:tr w:rsidR="00896558" w:rsidRPr="00725204" w:rsidTr="00E31A45">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="00F97689">
+          <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00E31A45">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="30"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006528CE">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="30"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="00F97689">
+          <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00E31A45">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="30"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="30"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t xml:space="preserve">Số  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="30"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>02</w:t>
             </w:r>
             <w:r w:rsidRPr="006528CE">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="30"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>-LCT/BTGDVTU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F97689" w:rsidRPr="00F97689" w:rsidRDefault="00F97689" w:rsidP="00F97689">
+          <w:p w:rsidR="00896558" w:rsidRPr="00F97689" w:rsidRDefault="00896558" w:rsidP="00E31A45">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F97689">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t xml:space="preserve">  Cần Thơ, ngày </w:t>
             </w:r>
             <w:r w:rsidRPr="002D584E">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -297,111 +295,111 @@
             </w:r>
             <w:r w:rsidRPr="002D584E">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00F97689">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t xml:space="preserve"> năm 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="00F97689">
+    <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="00F97689">
+    <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="00F97689">
+    <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">LỊCH </w:t>
       </w:r>
       <w:r w:rsidRPr="002D584E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>CÔNG TÁC</w:t>
       </w:r>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">của Trưởng Ban và các Phó Trưởng Ban </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="00F97689">
+    <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Ban Tuyên giáo và Dân vận Thành ủy </w:t>
       </w:r>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="vi-VN"/>
@@ -467,90 +465,90 @@
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidRPr="008A3C71">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>/10</w:t>
       </w:r>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>/2025)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="00F97689">
+    <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4535"/>
           <w:tab w:val="left" w:pos="5430"/>
           <w:tab w:val="left" w:pos="6930"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>-----</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="00F97689">
+    <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="00F97689">
+    <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:spacing w:before="60" w:after="60"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">* Thứ hai (ngày </w:t>
@@ -571,58 +569,58 @@
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>/2025</w:t>
       </w:r>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00725204" w:rsidRPr="00D03925" w:rsidRDefault="00725204" w:rsidP="00725204">
+    <w:p w:rsidR="00896558" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="vi-VN"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="00D03925">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>08</w:t>
@@ -657,89 +655,192 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>đồng chí</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00725204">
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Nguyễn Ngọc Tâm</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="005708B9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005708B9">
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">dự </w:t>
       </w:r>
       <w:r w:rsidRPr="00D03925">
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>tiếp và làm việc với Đoàn công tác Tổ biên tập của Tiểu ban Kinh tế - Xã hội Đại hội XIV của Đảng. Điểm tại Hội trường Văn phòng Ủy ban nhân dân thành phố.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C27670" w:rsidRPr="002D584E" w:rsidRDefault="00C27670" w:rsidP="00C27670">
+    <w:p w:rsidR="00896558" w:rsidRPr="00751A56" w:rsidRDefault="00896558" w:rsidP="00896558">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751A56">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>- 08 giờ,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751A56">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751A56">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>đồng chí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751A56">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nguyễn </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751A56">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Hồng Hà</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751A56">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751A56">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dự </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751A56">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hội nghị Ban Chấp hành Hội Liên hiệp Phụ nữ  thành phố Cần Thơ nhiệm kỳ 2021 - 2026 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751A56">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(đồng chí Trịnh Thị Kim Linh cùng dự). </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>Điểm tại Hội trường Hội Liên hiệp Phụ nữ thành phố.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00896558" w:rsidRPr="00751A56" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="vi-VN"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="002D584E">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>13</w:t>
@@ -824,72 +925,73 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005708B9">
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">dự </w:t>
       </w:r>
       <w:r w:rsidRPr="002D584E">
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
-        <w:t xml:space="preserve">làm việc với Đoàn công tác Cục Dân vận năm 2025. Điểm tại </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>làm việc với Đoàn công tác Cục Dân vận năm 2025. Điểm tại phòng họp Sở Chỉ huy, Bộ Chỉ huy Quân sự thành phố.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751A56">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(Đình họp)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00091A5D" w:rsidRPr="002D584E" w:rsidRDefault="00091A5D" w:rsidP="00091A5D">
+    <w:p w:rsidR="00896558" w:rsidRPr="002D584E" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="002D584E">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -957,110 +1059,83 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005708B9">
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">dự </w:t>
       </w:r>
       <w:r w:rsidRPr="002D584E">
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
-        <w:t>Đại lễ Hội Yến Diêu Trì Cung</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Năm Ất Tỵ 2025</w:t>
+        <w:t>Đại lễ Hội Yến Diêu Trì Cung Năm Ất Tỵ 2025 (</w:t>
       </w:r>
       <w:r w:rsidRPr="002D584E">
         <w:rPr>
-          <w:sz w:val="30"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+          <w:i/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>đồng chí Vi Anh Kiệt, đồng chí Trương Thiên Lý, đồng chí Trần Quang Vinh cùng dự</w:t>
       </w:r>
       <w:r w:rsidRPr="002D584E">
         <w:rPr>
-          <w:i/>
-[...25 lines deleted...]
-      <w:r w:rsidR="00A616CE" w:rsidRPr="00493FD2">
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00493FD2">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="sq-AL"/>
         </w:rPr>
         <w:t>Điểm tại Hội thánh Cao Đài Tòa Thánh Tây Ninh.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="00F97689">
+    <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">* Thứ ba (ngày </w:t>
@@ -1081,73 +1156,73 @@
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>/2025</w:t>
       </w:r>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A078DC" w:rsidRPr="002D584E" w:rsidRDefault="00A078DC" w:rsidP="00A078DC">
+    <w:p w:rsidR="00896558" w:rsidRPr="002D584E" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>- 0</w:t>
       </w:r>
-      <w:r w:rsidR="00A616CE" w:rsidRPr="002D584E">
+      <w:r w:rsidRPr="002D584E">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> giờ,</w:t>
       </w:r>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
@@ -1157,90 +1232,90 @@
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>đồng chí</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A616CE" w:rsidRPr="002D584E">
+      <w:r w:rsidRPr="002D584E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Nguyễn Ngọc Tâm</w:t>
       </w:r>
       <w:r w:rsidRPr="005708B9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A616CE">
+      <w:r>
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>đi khám sức khỏe</w:t>
       </w:r>
-      <w:r w:rsidR="006E6B80" w:rsidRPr="002D584E">
+      <w:r w:rsidRPr="002D584E">
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">. Điểm tại Bệnh viện Đa khoa Trung ương Cần Thơ. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00313083" w:rsidRDefault="00313083" w:rsidP="00313083">
+    <w:p w:rsidR="00896558" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D584E">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">-  </w:t>
       </w:r>
       <w:r w:rsidRPr="00987D7F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -1377,70 +1452,184 @@
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Điểm tại phòng họp số 0</w:t>
       </w:r>
       <w:r w:rsidRPr="002D584E">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="008D3851">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>, Văn phòng Thành ủy.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D584E" w:rsidRPr="002D584E" w:rsidRDefault="002D584E" w:rsidP="00313083">
+    <w:p w:rsidR="00896558" w:rsidRPr="000E2C98" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="000E2C98">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>- 0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E2C98">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E2C98">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> giờ,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E2C98">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E2C98">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>đồng chí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E2C98">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nguyễn </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E2C98">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Hiệp Trung</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E2C98">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E2C98">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dự họp trao đổi công tác khen thưởng tập thể, cá nhân trong tổ chức Đại hội Đảng các cấp nhiệm kỳ 2025 - 2030. Điểm tại Hội trường Ban Tổ chức Thành ủy.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E2C98">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00896558" w:rsidRPr="00134D79" w:rsidRDefault="00896558" w:rsidP="00896558">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:i/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="002D584E">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">-  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidRPr="00987D7F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> giờ</w:t>
@@ -1476,735 +1665,121 @@
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>đồng chí</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nguyễn Ngọc Tâm</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> dự </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D584E">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ban Chấp hành Đảng bộ phường </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="2"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>An Bình (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D584E">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mở rộng</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="2"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="002D584E">
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ban </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">, sơ kết tình hình thực hiện nhiệm vụ 9 tháng đầu năm và triển khai Chương trình công tác quý IV năm 2025. Điểm tại Hội trường </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đảng ủy </w:t>
+      </w:r>
       <w:r w:rsidRPr="002D584E">
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Chấp</w:t>
-[...70 lines deleted...]
-        </w:rPr>
         <w:t>phường</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...557 lines deleted...]
-      <w:r w:rsidRPr="002D584E">
+      <w:r w:rsidRPr="00134D79">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
-          <w:b/>
           <w:bCs/>
+          <w:i w:val="0"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="00F97689">
+    <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">* Thứ tư (ngày </w:t>
@@ -2238,251 +1813,452 @@
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>/2025</w:t>
       </w:r>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00313083" w:rsidRPr="004552C4" w:rsidRDefault="00313083" w:rsidP="00313083">
+    <w:p w:rsidR="00896558" w:rsidRPr="00D579C9" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-          <w:lang w:val="vi-VN"/>
+          <w:rStyle w:val="fontstyle01"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D579C9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- 08 giờ, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D579C9">
+        <w:rPr>
+          <w:rStyle w:val="fontstyle01"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">họp </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D579C9">
+        <w:rPr>
+          <w:rStyle w:val="fontstyle01"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lãnh đạo Ban </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D579C9">
+        <w:rPr>
+          <w:rStyle w:val="fontstyle01"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>mở rộng (các đồng chí Trưởng phòng, Phó Trưởng phòng cùng dự). Điểm tại Phòng họp Ban.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D579C9">
+        <w:rPr>
+          <w:rStyle w:val="fontstyle01"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00896558" w:rsidRPr="008B2FC9" w:rsidRDefault="00896558" w:rsidP="00896558">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> giờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>họp Hội đồng nâng lương Ban Tuyên giáo và Dân vận Thành ủy. Điểm tại phòng họp Ban.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00896558" w:rsidRDefault="00896558" w:rsidP="00896558">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="002D584E">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="30"/>
-[...4 lines deleted...]
-        <w:t>08</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528CE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> giờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D584E">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528CE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528CE">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006528CE">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>đồng chí</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
-        <w:t xml:space="preserve"> giờ, </w:t>
-[...17 lines deleted...]
-        <w:t>Điểm tại phòng họp Ban.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725204">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>Nguyễn Ngọc Tâm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005708B9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005708B9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dự </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D584E">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>làm việc với lãnh đạo một số cơ quan của Thành phố và Thường trực Đảng ủy các xã, phường. Điểm tại Hội trường Đảng ủy xã Hiệp Hưng.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00255B3C" w:rsidRPr="002D584E" w:rsidRDefault="00255B3C" w:rsidP="00255B3C">
+    <w:p w:rsidR="00896558" w:rsidRPr="008B2FC9" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
-          <w:sz w:val="30"/>
-[...2 lines deleted...]
-          <w:lang w:val="vi-VN"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...20 lines deleted...]
-          <w:lang w:val="vi-VN"/>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
-      <w:r w:rsidRPr="006528CE">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> giờ</w:t>
       </w:r>
-      <w:r w:rsidRPr="002D584E">
-[...7 lines deleted...]
-          <w:lang w:val="vi-VN"/>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 30</w:t>
       </w:r>
-      <w:r w:rsidRPr="006528CE">
-[...23 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>đồng chí</w:t>
       </w:r>
-      <w:r>
-[...45 lines deleted...]
-        <w:t>làm việc với lãnh đạo một số cơ quan của Thành phố và Thường trực Đảng ủy các xã, phường. Điểm tại Hội trường Đảng ủy xã Hiệp Hưng.</w:t>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nguyễn </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Hiệp Trung</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dự </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ban Chấp hành Đảng bộ xã Tân Hòa (mở rộng), sơ kết tình hình thực hiện nhiệm vụ 9 tháng đầu năm và triển khai Chương trình công tác quý IV năm 2025. Điểm tại Hội trường Ủy ban nhân dân xã Tân Hòa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F97689" w:rsidRPr="002D584E" w:rsidRDefault="00F97689" w:rsidP="00F97689">
+    <w:p w:rsidR="00896558" w:rsidRPr="002D584E" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">* Thứ năm (ngày </w:t>
@@ -2529,59 +2305,59 @@
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00313083" w:rsidRPr="00725204" w:rsidRDefault="00313083" w:rsidP="00313083">
+    <w:p w:rsidR="00896558" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:color w:val="212529"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="vi-VN"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>- 0</w:t>
       </w:r>
       <w:r w:rsidRPr="005708B9">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>8</w:t>
@@ -2666,802 +2442,481 @@
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Ban Chỉ đạo 66. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="212529"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Điểm tại Phòng họp số 01, Văn phòng Thành ủy</w:t>
       </w:r>
       <w:r w:rsidRPr="002D584E">
         <w:rPr>
           <w:color w:val="212529"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> (cả ngày).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D584E" w:rsidRPr="002D584E" w:rsidRDefault="002D584E" w:rsidP="002D584E">
+    <w:p w:rsidR="00896558" w:rsidRPr="008B2FC9" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
-          <w:spacing w:val="2"/>
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:rStyle w:val="Emphasis"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D584E">
+      <w:r w:rsidRPr="008B2FC9">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">-  </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="008B2FC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>08</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> giờ, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>đồng chí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Lê Văn Điện</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dự </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ban Chấp hành Đảng bộ phường Thốt Nốt (mở rộng), sơ kết tình hình thực hiện nhiệm vụ 9 tháng đầu năm và triển khai Chương trình công tác quý IV năm 2025. Điểm tại phòng họp Ban Chấp hành Đảng bộ phường</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00896558" w:rsidRPr="00134D79" w:rsidRDefault="00896558" w:rsidP="00896558">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00134D79">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134D79">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>14</w:t>
       </w:r>
-      <w:r w:rsidRPr="00987D7F">
+      <w:r w:rsidRPr="00134D79">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> giờ, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00987D7F">
+      <w:r w:rsidRPr="00134D79">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>đồng chí</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00134D79">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nguyễn Ngọc Tâm</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00134D79">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> họp Ban Thường vụ Thành ủy. Điểm tại phòng họp số 1 Văn phòng Thành ủy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00134D79">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00896558" w:rsidRDefault="00896558" w:rsidP="00896558">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> giờ,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>đồng chí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002D584E">
-[...21 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Trần Hồng Thắm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dự họp trực tuyến Ban Chỉ đạo thực hiện chính sách bảo hiểm xã hội và bảo hiểm y tế thành phố. Điểm tại Hội trường Ủy ban nhân dân thành phố.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00896558" w:rsidRPr="00D579C9" w:rsidRDefault="00896558" w:rsidP="00896558">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D579C9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>- 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D579C9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D579C9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> giờ,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D579C9">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00D579C9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>đồng chí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D579C9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00D579C9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phạm Thế Vinh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D579C9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...569 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D579C9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dự </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D579C9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>họp Hội đồng và Tổ thư ký giúp việc Hội đồng xét chọn các tác phẩm dự thi Giải báo chí toàn quốc về xây dựng Đảng (Giải Búa liềm vàng) lần thứ X - năm 2025 (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D579C9">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>đồng chí Nguyễn Bích Trâm cùng dự</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D579C9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>). Điểm tại phòng họp Ban Tổ chức Thành ủy.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="00F97689">
+    <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
@@ -3522,59 +2977,59 @@
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>/2025</w:t>
       </w:r>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00313083" w:rsidRPr="000D7AE7" w:rsidRDefault="00313083" w:rsidP="00313083">
+    <w:p w:rsidR="00896558" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="vi-VN"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000D7AE7">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="000D7AE7">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Đồng chí </w:t>
       </w:r>
       <w:r w:rsidRPr="000D7AE7">
         <w:rPr>
@@ -3596,255 +3051,1099 @@
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">đi công tác ngoài thành phố đến hết ngày </w:t>
       </w:r>
       <w:r w:rsidRPr="002D584E">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
       <w:r w:rsidRPr="000D7AE7">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>/10/2025.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00313083" w:rsidRPr="002D584E" w:rsidRDefault="00313083" w:rsidP="002D584E">
+    <w:p w:rsidR="00896558" w:rsidRPr="008B2FC9" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-          <w:lang w:val="vi-VN"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE01C0">
-[...43 lines deleted...]
-      <w:r w:rsidRPr="00CE01C0">
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- 0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> giờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE01C0">
-[...14 lines deleted...]
-          <w:spacing w:val="2"/>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>đồng chí</w:t>
       </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Trần Hồng Thắm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dự và phát biểu chỉ đạo Đại hội đại biểu Phụ nữ phường An Bình nhiệm kỳ 2025 - 2030. Điểm tại Hội trường Ban Chỉ huy Quân sự phường An Bình.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-          <w:lang w:val="vi-VN"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002D584E">
-[...87 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00F97689" w:rsidRPr="002D584E" w:rsidRDefault="00F97689" w:rsidP="00A078DC">
+    <w:p w:rsidR="00896558" w:rsidRPr="00231BBF" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>- 0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> giờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>đồng chí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nguyễn Hồng Hà</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dự và phát biểu chỉ đạo Đại hội đại biểu Phụ nữ xã Thạnh Quới nhiệm kỳ 2025 - 2030. Điểm tại Hội trường Ủy ban nhân dân xã Thạnh Quới.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00896558" w:rsidRDefault="00896558" w:rsidP="00896558">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>08</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t> giờ,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>đồng chí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lê Văn Điện, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>đồng chí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nguyễn Thanh Sơn, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>đồng chí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Huỳnh Thanh Phong</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>họp Ban Chấp hành Đảng bộ thành phố. Điểm tại Hội trường A, Văn phòng Thành ủy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00896558" w:rsidRPr="00896558" w:rsidRDefault="00896558" w:rsidP="00896558">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t> giờ,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>đồng chí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lê Văn Điện, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>đồng chí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nguyễn Thanh Sơn, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>đồng chí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Huỳnh Thanh Phong</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>dự Họp mặt tri ân các đồng chí nguyên lãnh đạo tỉnh, thành phố</w:t>
+      </w:r>
+      <w:r w:rsidR="000E2C98">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00896558">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>nhiệm kỳ 2020 - 2025. Điểm tại Hội trường Thành ủy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00896558" w:rsidRPr="008B2FC9" w:rsidRDefault="00896558" w:rsidP="00896558">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> giờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>đồng chí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phan Văn Thép</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dự và phát biểu chỉ đạo Đại hội đại biểu Phụ nữ xã Trường Long nhiệm kỳ 2025 - 2030. Điểm tại Hội trường Ủy ban nhân dân xã Trường Long.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00896558" w:rsidRPr="008B2FC9" w:rsidRDefault="00896558" w:rsidP="00896558">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> giờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>đồng chí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Nguyễn Hiệp Trung</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dự và phát biểu chỉ đạo Đại hội đại biểu Phụ nữ phường Khánh Hòa nhiệm kỳ 2025 - 2030. Điểm tại Nhà Văn hóa phường Khánh Hòa.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00896558" w:rsidRPr="00231BBF" w:rsidRDefault="00896558" w:rsidP="00896558">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> giờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>đồng chí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Phạm Thế Vinh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dự và phát biểu chỉ đạo Đại hội đại biểu Phụ nữ phường Thới Long nhiệm kỳ 2025 - 2030. Điểm tại Hội trường Ủy ban nhân dân phường Thới Long.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00896558" w:rsidRDefault="00896558" w:rsidP="00896558">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="vi-VN"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">* Thứ bảy (ngày </w:t>
       </w:r>
       <w:r w:rsidRPr="002D584E">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
@@ -3867,51 +4166,194 @@
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">): </w:t>
       </w:r>
       <w:r w:rsidRPr="002D584E">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Nghỉ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F97689" w:rsidRPr="002D584E" w:rsidRDefault="00F97689" w:rsidP="00F97689">
+    <w:p w:rsidR="00896558" w:rsidRPr="008B2FC9" w:rsidRDefault="00896558" w:rsidP="00896558">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> giờ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">phân công </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>đồng chí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Trịnh Thị Kim Linh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>dự Đại hội đại biểu Đoàn TNCS Hồ Chí Minh phường Long Tuyền, nhiệm kỳ 2025 - 2030. Điểm tại Hội trường Đảng ủy phường Long Tuyền.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B2FC9">
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00896558" w:rsidRPr="002D584E" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">* Chủ nhật (ngày </w:t>
       </w:r>
       <w:r w:rsidRPr="002D584E">
@@ -3953,51 +4395,51 @@
       </w:r>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002D584E">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>Nghỉ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="00F97689">
+    <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">*  </w:t>
       </w:r>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:b/>
@@ -4032,714 +4474,619 @@
         </w:rPr>
         <w:t xml:space="preserve"> Lịch làm việc sẽ thay đổi</w:t>
       </w:r>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006528CE">
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t>theo yêu cầu công tác. Khi thay đổi sẽ cập nhật và chuyển đến các đồng chí.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="00F97689">
+    <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00896558">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="30"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4111"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="4820"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidTr="007E6E05">
+      <w:tr w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidTr="00E31A45">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="007E6E05">
+          <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00E31A45">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006528CE">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>Nơi nhận:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="007E6E05">
+          <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00E31A45">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="31"/>
                 <w:szCs w:val="31"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="007E6E05">
+          <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00E31A45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006528CE">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>T/L TRƯỞNG BAN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F97689" w:rsidRPr="00725204" w:rsidTr="007E6E05">
+      <w:tr w:rsidR="00896558" w:rsidRPr="00725204" w:rsidTr="00E31A45">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="007E6E05">
+          <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00E31A45">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006528CE">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>- Vụ địa phương 3 BTGDVTW,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="007E6E05">
+          <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00E31A45">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006528CE">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>- Thường trực Thành ủy,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="007E6E05">
+          <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00E31A45">
             <w:pPr>
               <w:ind w:right="-111" w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006528CE">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>- Ủy ban Mặt trận Tổ quốc Việt Nam TP,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="007E6E05">
+          <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00E31A45">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006528CE">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>- Lãnh đạo Ban TGDVTU,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="007E6E05">
+          <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00E31A45">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006528CE">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>- Các đảng ủy xã, phường,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="007E6E05">
+          <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00E31A45">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006528CE">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>- Các đảng ủy trực thuộc Thành ủy,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="007E6E05">
+          <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00E31A45">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006528CE">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>- Các phòng chuyên môn BTGDVTU,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="007E6E05">
+          <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00E31A45">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006528CE">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>- Lưu Văn phòng Ban.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="007E6E05">
+          <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00E31A45">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="31"/>
                 <w:szCs w:val="31"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="007E6E05">
+          <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00E31A45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006528CE">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>PHÓ CHÁNH VĂN PHÒNG</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="007E6E05">
+          <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00E31A45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="007E6E05">
+          <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00E31A45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="007E6E05">
+          <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00E31A45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="007E6E05">
+          <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00E31A45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="007E6E05">
+          <w:p w:rsidR="00896558" w:rsidRPr="006528CE" w:rsidRDefault="00896558" w:rsidP="00E31A45">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006528CE">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="30"/>
                 <w:szCs w:val="30"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t>Trần Bảo Nguyên</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F97689" w:rsidRPr="006528CE" w:rsidRDefault="00F97689" w:rsidP="00F97689">
+    <w:p w:rsidR="00896558" w:rsidRPr="002B13F6" w:rsidRDefault="00896558" w:rsidP="002B13F6">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:sz w:val="6"/>
-          <w:lang w:val="vi-VN"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F97689" w:rsidRPr="005708B9" w:rsidRDefault="00F97689" w:rsidP="00F97689">
-[...29 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId8"/>
+    <w:sectPr w:rsidR="00896558" w:rsidRPr="002B13F6" w:rsidSect="00253826">
+      <w:headerReference w:type="even" r:id="rId5"/>
+      <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1701" w:header="992" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="408"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00493CCC" w:rsidRDefault="00174978" w:rsidP="00253826">
+  <w:p w:rsidR="00493CCC" w:rsidRDefault="000E2C98" w:rsidP="00253826">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:ind w:firstLine="0"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00493CCC" w:rsidRDefault="00E96495">
+  <w:p w:rsidR="00493CCC" w:rsidRDefault="000E2C98">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1750159138"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="00253826" w:rsidRDefault="00174978">
+      <w:p w:rsidR="00253826" w:rsidRDefault="000E2C98">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725204">
+        <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00253826" w:rsidRDefault="00E96495">
+  <w:p w:rsidR="00253826" w:rsidRDefault="000E2C98">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="150"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="140"/>
   <w:drawingGridVerticalSpacing w:val="381"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F97689"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00A616CE"/>
+    <w:rsidRoot w:val="00896558"/>
+    <w:rsid w:val="000E2C98"/>
+    <w:rsid w:val="00134D79"/>
+    <w:rsid w:val="002B13F6"/>
+    <w:rsid w:val="00896558"/>
     <w:rsid w:val="00BC262D"/>
-    <w:rsid w:val="00C2116C"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00E96495"/>
     <w:rsid w:val="00F01A2D"/>
-    <w:rsid w:val="00F97689"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
@@ -4883,191 +5230,205 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F97689"/>
+    <w:rsid w:val="00896558"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-CL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00F97689"/>
+    <w:rsid w:val="00896558"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="30"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
-    <w:rsid w:val="00F97689"/>
+    <w:rsid w:val="00896558"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="30"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F97689"/>
+    <w:rsid w:val="00896558"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F97689"/>
+    <w:rsid w:val="00896558"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-CL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="00F97689"/>
+    <w:rsid w:val="00896558"/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00F97689"/>
+    <w:rsid w:val="00896558"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="002D584E"/>
+    <w:rsid w:val="00896558"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="fontstyle01">
+    <w:name w:val="fontstyle01"/>
+    <w:rsid w:val="00896558"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -5189,205 +5550,219 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F97689"/>
+    <w:rsid w:val="00896558"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-CL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00F97689"/>
+    <w:rsid w:val="00896558"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="30"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
-    <w:rsid w:val="00F97689"/>
+    <w:rsid w:val="00896558"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="30"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F97689"/>
+    <w:rsid w:val="00896558"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F97689"/>
+    <w:rsid w:val="00896558"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-CL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="00F97689"/>
+    <w:rsid w:val="00896558"/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00F97689"/>
+    <w:rsid w:val="00896558"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="002D584E"/>
+    <w:rsid w:val="00896558"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="fontstyle01">
+    <w:name w:val="fontstyle01"/>
+    <w:rsid w:val="00896558"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5633,69 +6008,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2514</Characters>
+  <Pages>3</Pages>
+  <Words>827</Words>
+  <Characters>4720</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2950</CharactersWithSpaces>
+  <CharactersWithSpaces>5536</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>PC</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>